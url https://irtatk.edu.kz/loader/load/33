--- v0 (2026-01-17)
+++ v1 (2026-03-18)
@@ -1,893 +1,1527 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00355999" w:rsidRDefault="007F5D40" w:rsidP="007F5D40">
+    <w:p w:rsidR="003D2FCF" w:rsidRDefault="003D2FCF" w:rsidP="007F5D40">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B62918">
-[...16 lines deleted...]
-    <w:p w:rsidR="00355999" w:rsidRDefault="00355999" w:rsidP="007F5D40">
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ертіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аграрлық-техникалық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>колледжі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" КМҚК </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D2FCF" w:rsidRDefault="003D2FCF" w:rsidP="007F5D40">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D2FCF" w:rsidRDefault="003D2FCF" w:rsidP="007F5D40">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәуелсіз агенттігінің сараптамалық тобының сыртқы аудит қорытындысы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D2FCF" w:rsidRDefault="003D2FCF" w:rsidP="007F5D40">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A64F18" w:rsidRPr="00355999" w:rsidRDefault="00355999" w:rsidP="007F5D40">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...59 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (17.04.2019</w:t>
+      </w:r>
+      <w:r w:rsidR="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (17.04.2019г.-18.04.2019г.)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007F5D40" w:rsidRPr="00B62918" w:rsidRDefault="007F5D40" w:rsidP="007F5D40">
+        <w:t>.-18.04.2019</w:t>
+      </w:r>
+      <w:r w:rsidR="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F5D40" w:rsidRPr="00B62918" w:rsidRDefault="003D2FCF" w:rsidP="003D2FCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B62918">
-[...6 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдарда құжаттау, құжаттаманы басқару және электрондық құжат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айналымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүйелерін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаларын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Үкіметінің 2018 жылғы 31 қазандағы № 703 қаулысын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зерделеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00770EBC" w:rsidRPr="00B62918">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Казахстан от 31.10.2018 года № 703 «Об утверждении правил документирования, управления документаций и использования систем электронного документооборота в государственных и негосударственных организациях».</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00770EBC" w:rsidRPr="00B62918" w:rsidRDefault="00770EBC" w:rsidP="007F5D40">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00770EBC" w:rsidRPr="00B62918" w:rsidRDefault="003D2FCF" w:rsidP="003D2FCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B62918">
-[...8 lines deleted...]
-    <w:p w:rsidR="00770EBC" w:rsidRPr="00B62918" w:rsidRDefault="00770EBC" w:rsidP="007F5D40">
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Колледждің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағаздарын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заманауи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарға сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келтіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00770EBC" w:rsidRPr="00B62918">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00770EBC" w:rsidRPr="00B62918" w:rsidRDefault="003D2FCF" w:rsidP="003D2FCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B62918">
-[...5 lines deleted...]
-        <w:t>Продолжить</w:t>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берушілерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мамандарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даярлауға арналған қаржыландыру көздерін және мақсатты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тапсырыстарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұлғайту </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыстарды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалғастыру</w:t>
       </w:r>
       <w:r w:rsidR="00996335" w:rsidRPr="00B62918">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по увеличению источников финансирования и целевых заказов на подготовку специалистов от работодателей.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00996335" w:rsidRPr="00B62918" w:rsidRDefault="00996335" w:rsidP="007F5D40">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00996335" w:rsidRPr="00B62918" w:rsidRDefault="003D2FCF" w:rsidP="003D2FCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B62918">
-[...8 lines deleted...]
-    <w:p w:rsidR="00996335" w:rsidRPr="00B62918" w:rsidRDefault="00996335" w:rsidP="00996335">
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Колледж түлегінің үлгісін, студенттің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсеткішін және студенттердің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р-намыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кодексін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әзірлеу</w:t>
+      </w:r>
+      <w:r w:rsidR="00996335" w:rsidRPr="00B62918">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00996335" w:rsidRPr="00B62918" w:rsidRDefault="003D2FCF" w:rsidP="003D2FCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B62918">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B62918">
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқытудың инновациялық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>технологияларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>игеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> колледж оқытушыларымен жүйелі жұмыс жүргізу</w:t>
+      </w:r>
+      <w:r w:rsidR="00996335" w:rsidRPr="00B62918">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00996335" w:rsidRPr="00B62918" w:rsidRDefault="00996335" w:rsidP="00996335">
+    <w:p w:rsidR="00996335" w:rsidRPr="00B62918" w:rsidRDefault="003D2FCF" w:rsidP="003D2FCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9355"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B62918">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B62918">
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қосымша сабақтар өткізу тиімділігін арттыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00996335" w:rsidRPr="00B62918">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00996335" w:rsidRPr="00B62918" w:rsidRDefault="00996335" w:rsidP="00996335">
+    <w:p w:rsidR="00996335" w:rsidRPr="00B62918" w:rsidRDefault="003D2FCF" w:rsidP="003D2FCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B62918">
-[...27 lines deleted...]
-    <w:p w:rsidR="00996335" w:rsidRPr="00B62918" w:rsidRDefault="00996335" w:rsidP="00996335">
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Халықаралық фестивальдер мен конкурстарға қатысу мақсатында студенттермен оқу-әдістемелік жұмыс жүргізу</w:t>
+      </w:r>
+      <w:r w:rsidR="00996335" w:rsidRPr="00B62918">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00996335" w:rsidRPr="003D2FCF" w:rsidRDefault="003D2FCF" w:rsidP="003D2FCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4677"/>
           <w:tab w:val="right" w:pos="9355"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="13"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B62918">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D2FCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B62918">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқытудағы қазіргі заманғы білім беру технологияларын пайдалануды және енгізуді жалғастыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00996335" w:rsidRPr="003D2FCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00996335" w:rsidRPr="00B62918" w:rsidRDefault="00872BE6" w:rsidP="007F5D40">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00996335" w:rsidRPr="003D2FCF" w:rsidRDefault="003D2FCF" w:rsidP="003D2FCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...27 lines deleted...]
-    <w:p w:rsidR="00872BE6" w:rsidRPr="00B62918" w:rsidRDefault="00872BE6" w:rsidP="007F5D40">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бітірушілердің жұмысқа орналасу динамикасына бақылау жүргізу, жүйелі мониторинг жүргізу</w:t>
+      </w:r>
+      <w:r w:rsidR="00872BE6" w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00872BE6" w:rsidRPr="003D2FCF" w:rsidRDefault="003D2FCF" w:rsidP="003D2FCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...46 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сессия кезінде психологқа психологиялық тренингтер ұйымдастыру және өткізу</w:t>
+      </w:r>
+      <w:r w:rsidR="00872BE6" w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004904B3" w:rsidRPr="00B62918" w:rsidRDefault="00872BE6" w:rsidP="00872BE6">
+    <w:p w:rsidR="004904B3" w:rsidRPr="003D2FCF" w:rsidRDefault="003D2FCF" w:rsidP="00991332">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4677"/>
           <w:tab w:val="right" w:pos="9355"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B62918">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D2FCF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Открытие новых востребованных  специальностей</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Жаңа талап етілетін «Тамақтандыруды ұйымдастыру», «Ветеринария»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...22 lines deleted...]
-    <w:p w:rsidR="004904B3" w:rsidRPr="00B62918" w:rsidRDefault="004904B3" w:rsidP="004904B3">
+        <w:t xml:space="preserve">мамандықтарын ашу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004904B3" w:rsidRPr="003D2FCF" w:rsidRDefault="004904B3" w:rsidP="003D2FCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B62918">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B62918">
-[...18 lines deleted...]
-    <w:p w:rsidR="004904B3" w:rsidRPr="00B62918" w:rsidRDefault="004904B3" w:rsidP="004904B3">
+      <w:r w:rsidR="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚМА</w:t>
+      </w:r>
+      <w:r w:rsidR="003D2FCF" w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хаттамалары нөмірленген, тігілген болуы тиіс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004904B3" w:rsidRPr="003D2FCF" w:rsidRDefault="003D2FCF" w:rsidP="003D2FCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4677"/>
           <w:tab w:val="right" w:pos="9355"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="004904B3" w:rsidRPr="00B62918" w:rsidRDefault="004904B3" w:rsidP="004904B3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қорытынды аттестаттау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 бұйрығымен бекітілген "орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдық бақылау, аралық және қорытынды аттестаттау жүргізудің үлгі ережесіне" сәйкес өткізілсін</w:t>
+      </w:r>
+      <w:r w:rsidR="004904B3" w:rsidRPr="003D2FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004904B3" w:rsidRPr="00D10260" w:rsidRDefault="004904B3" w:rsidP="00D10260">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4677"/>
           <w:tab w:val="right" w:pos="9355"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B62918">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B62918">
-[...25 lines deleted...]
-    <w:p w:rsidR="004904B3" w:rsidRPr="00B62918" w:rsidRDefault="004904B3" w:rsidP="004904B3">
+      <w:r w:rsidR="00D10260" w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана қорын, оның ішінде мемлекеттік тілде қалыптастыру жөніндегі жұмысты жалғастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004904B3" w:rsidRPr="00B62918" w:rsidRDefault="004904B3" w:rsidP="00D10260">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B62918">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B62918" w:rsidRPr="00B62918">
-[...8 lines deleted...]
-    <w:p w:rsidR="00B62918" w:rsidRPr="00B62918" w:rsidRDefault="00B62918" w:rsidP="00B62918">
+      <w:r w:rsidR="00D10260" w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жыл сайын педагогикалық тәжірибені жалпылау</w:t>
+      </w:r>
+      <w:r w:rsidR="00B62918" w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B62918" w:rsidRPr="00D10260" w:rsidRDefault="00B62918" w:rsidP="00D10260">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...18 lines deleted...]
-    <w:p w:rsidR="00B62918" w:rsidRPr="00B62918" w:rsidRDefault="004904B3" w:rsidP="00872BE6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10260" w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу-зерттеу жобаларын әзірлеу бойынша жұмыс жүргізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B62918" w:rsidRPr="00B62918" w:rsidRDefault="004904B3" w:rsidP="00D10260">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4677"/>
           <w:tab w:val="right" w:pos="9355"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B62918">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:r w:rsidR="00D10260" w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Колледждің материалдық-техникалық базасын нығайту</w:t>
+      </w:r>
       <w:r w:rsidR="00B62918" w:rsidRPr="00B62918">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Проводить укрепление материально-технической базы колледжа.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B62918">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B62918" w:rsidRPr="00B62918" w:rsidRDefault="00B62918" w:rsidP="00B62918">
+    <w:p w:rsidR="00B62918" w:rsidRPr="00B62918" w:rsidRDefault="00D10260" w:rsidP="00D10260">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B62918">
-[...24 lines deleted...]
-    <w:p w:rsidR="00872BE6" w:rsidRPr="00A92555" w:rsidRDefault="004904B3" w:rsidP="00A92555">
+      <w:r w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Колледж сайтын жақсарту және ақпаратпен жабдықтау бойынша </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ты жүйелі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүргізу</w:t>
+      </w:r>
+      <w:r w:rsidR="00B62918" w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004904B3" w:rsidRPr="004904B3" w:rsidRDefault="004904B3" w:rsidP="00B62918">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4677"/>
           <w:tab w:val="right" w:pos="9355"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004904B3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00872BE6" w:rsidRPr="00A92555" w:rsidSect="00A64F18">
+    <w:p w:rsidR="00872BE6" w:rsidRPr="00D10260" w:rsidRDefault="00872BE6" w:rsidP="00B62918">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004904B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D10260">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00872BE6" w:rsidRPr="00D10260" w:rsidSect="00A64F18">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -975,85 +1609,87 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="007F5D40"/>
+    <w:rsid w:val="001E4BDB"/>
     <w:rsid w:val="00355999"/>
+    <w:rsid w:val="003D2FCF"/>
     <w:rsid w:val="004904B3"/>
+    <w:rsid w:val="00506ACB"/>
     <w:rsid w:val="00770EBC"/>
     <w:rsid w:val="007F5D40"/>
     <w:rsid w:val="00872BE6"/>
     <w:rsid w:val="00996335"/>
     <w:rsid w:val="00A64F18"/>
-    <w:rsid w:val="00A92555"/>
     <w:rsid w:val="00B62918"/>
-    <w:rsid w:val="00FD4FB9"/>
+    <w:rsid w:val="00D10260"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1522,70 +2158,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>320</Words>
-  <Characters>1825</Characters>
+  <Words>307</Words>
+  <Characters>1755</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2141</CharactersWithSpaces>
+  <CharactersWithSpaces>2058</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>завуч</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>